--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Thu, 10/06/2022 - 18:01</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="102" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="430.466" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="102.546" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>