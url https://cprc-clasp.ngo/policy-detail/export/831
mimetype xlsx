--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for self-ballasted nondirectional general service LED lamps with 3W to 25W wattage for general lighting services that works on single phase ac supply up to and including 250V, 50Hz, being manufactured, imported or sold in India. This schedule does not covers self-ballasted LED-lamps that intentionally produce tinted or colored light neither does it cover OLEDs.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Thu, 06/27/2024 - 14:57</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="96" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="498.878" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="239.37" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>