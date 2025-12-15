--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Wed, 12/18/2024 - 15:50</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="70" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="101" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="372.623" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>