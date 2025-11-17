--- v0 (2025-10-15)
+++ v1 (2025-11-17)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,117 +95,118 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
   </si>
   <si>
     <t>In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Thu, 10/06/2022 - 18:07</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="47" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="81" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="198.095" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="606.281" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>