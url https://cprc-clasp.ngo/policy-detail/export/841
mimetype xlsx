--- v0 (2025-10-15)
+++ v1 (2025-12-25)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
   </si>
   <si>
     <t>This schedule also include built in ballasts where the ballast is inbuilt in the luminaire. The ballasts which are integral to the lamps are excluded from the scope of this schedule.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Thu, 10/06/2022 - 18:04</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-15-ballasts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="62" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="215.804" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="226.373" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>