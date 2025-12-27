--- v0 (2025-10-15)
+++ v1 (2025-12-27)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,117 +95,118 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
   </si>
   <si>
     <t>Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Thu, 10/06/2022 - 18:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="77" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="593.284" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="77.695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>