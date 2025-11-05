--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
   </si>
   <si>
     <t>It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Thu, 10/06/2022 - 18:11</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="77" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="254.652" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="77.695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>