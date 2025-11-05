--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,117 +95,118 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for chillers working on vapour compression cycle, manufactured in India or imported for sale in India for central cooling and similar use. The schedule covers all types and sizes/capacity for rated voltage up to and including 250 V, 50 Hz AC, for single phase and up to and including 415V, 50Hz AC for three phase power supply covered under the scope of IS 16590. For this schedule, the star rating shall be based on Indian Seasonal Energy Efficiency Ratio (ISEER) and full load COP as the prequalification criteria.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Thu, 10/06/2022 - 17:45</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
   </si>
   <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="62" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="679.406" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="62.413" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>