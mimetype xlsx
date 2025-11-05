--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Thu, 10/06/2022 - 18:12</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="70" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="544.867" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="70.697" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>