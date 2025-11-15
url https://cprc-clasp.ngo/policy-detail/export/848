--- v0 (2025-10-15)
+++ v1 (2025-11-15)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Thu, 10/06/2022 - 18:22</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-7-agricultural-pump-sets</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="77" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="286.502" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="77.695" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>