--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Wed, 12/18/2024 - 15:33</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
     <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="82" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="82.408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>