--- v1 (2025-11-05)
+++ v2 (2025-12-24)
@@ -77,87 +77,87 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Wed, 11/19/2025 - 16:47</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)  ( https://beestarlabel.com/ )</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -477,66 +477,66 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="76.553" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="82.408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>