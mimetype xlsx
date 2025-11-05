--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -81,70 +81,70 @@
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>Decree of the Minister of Energy and Mineral Resources Republic of Indonesia Number: 135.K/EK.07/DJE/2022
 Minimum Energy Performance Standard and Sign Labels Save Energy for Energy Using Equipment Lights – Emitting Diodes (LED)</t>
   </si>
   <si>
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED…</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>IDN: https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_IDN.pdf 
 ENG: https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>Mon, 07/01/2024 - 18:24</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources  ( https://www.esdm.go.id/en )</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
@@ -157,66 +157,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -488,70 +489,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="63" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="454.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="63.556" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -635,82 +636,83 @@
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>