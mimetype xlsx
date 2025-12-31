--- v1 (2025-11-05)
+++ v2 (2025-12-31)
@@ -74,110 +74,110 @@
   <si>
     <t>Policy Type</t>
   </si>
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>Decree of the Minister of Energy and Mineral Resources Republic of Indonesia Number: 135.K/EK.07/DJE/2022
 Minimum Energy Performance Standard and Sign Labels Save Energy for Energy Using Equipment Lights – Emitting Diodes (LED)</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>IDN: https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_IDN.pdf 
 ENG: https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>Tue, 11/04/2025 - 21:09</t>
+    <t>Fri, 12/05/2025 - 21:17</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources  ( https://www.esdm.go.id/en )</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -489,70 +489,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="121.399" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="454.032" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="82.408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -604,53 +604,51 @@
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2">
         <v>2022</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2" t="s">
         <v>26</v>
       </c>
       <c r="I2" t="s">
         <v>27</v>
       </c>
       <c r="J2" t="s">
         <v>28</v>
       </c>
-      <c r="K2">
-[...1 lines deleted...]
-      </c>
+      <c r="K2"/>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">