--- v0 (2025-10-15)
+++ v1 (2025-12-24)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
-    <t>http://isiri.gov.ir/portal/home/?135546%2F%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%…</t>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>Middle East</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)  ( http://www.isiri.com/ )</t>
   </si>
   <si>
     <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="98" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="130" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="130.825" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>