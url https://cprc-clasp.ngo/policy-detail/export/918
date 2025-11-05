--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,51 +77,51 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
-    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficien…</t>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
   </si>
   <si>
     <t>This proposal will come into force no earlier than 1 September 2021 and entails: Introducing minimum energy performance standards (MEPS) aligned with the EU standards for LED lamps outlined in the European Commission Ecodesign regulations published in February 2019; Adopt test parameters and performance requirements for LED lamps aligned with those that will be adopted in the EU. This will cover energy efficiency, lamp colour rendering, power factor and flicker; Require basic markings on the product and packaging of LED lamps (including lumens, colour temperature, and lifetime) to make consumer information consistent, and help consumers choose efficient lighting to replace inefficient lamps at low cost.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:15</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
@@ -146,66 +146,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="55" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="841.08" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="363.197" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="55.272" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -620,82 +621,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>