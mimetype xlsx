--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,120 +89,121 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Law 2009-07</t>
   </si>
   <si>
     <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
   </si>
   <si>
     <t>From July 2006 onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007 with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
-    <t>Fri, 10/07/2022 - 12:55</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)  ( http://www.anme.nat.tn/index.php?id=3 )</t>
   </si>
   <si>
     <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="13" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="51" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="675.835" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="51.845" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>