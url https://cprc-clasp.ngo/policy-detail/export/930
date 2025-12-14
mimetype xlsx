--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,135 +77,136 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
-    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficien…</t>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
   </si>
   <si>
     <t>This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:15</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)  ( http://www.eeca.govt.nz/ )</t>
   </si>
   <si>
     <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>