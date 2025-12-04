--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
-    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DL…</t>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)  ( http://www.eeca.govt.nz/ )</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="190" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="190.953" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="190.953" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="405.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="137.966" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>