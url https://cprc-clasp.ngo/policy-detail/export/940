--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -92,117 +92,118 @@
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
     <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
   </si>
   <si>
     <t>Middle East</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Thu, 01/04/2024 - 18:57</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Adopted</t>
+    <t>New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)  ( https://www.neeca.gov.pk/ )</t>
   </si>
   <si>
     <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
   </si>
   <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="75" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="542.582" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="75.41" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>