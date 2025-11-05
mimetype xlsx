--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -99,51 +99,51 @@
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
     <t>This Minimum Energy Performance Standard (MEPS) and Energy Star Rating for
 Television Receivers</t>
   </si>
   <si>
     <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
   </si>
   <si>
     <t>Star rating</t>
   </si>
   <si>
     <t>Middle East</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Thu, 01/04/2024 - 19:12</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)  ( https://www.neeca.gov.pk/ )</t>
   </si>
   <si>
     <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
@@ -166,66 +166,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -497,70 +498,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="137.966" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -642,82 +643,83 @@
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>32</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>