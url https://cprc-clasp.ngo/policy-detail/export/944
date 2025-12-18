--- v0 (2025-10-15)
+++ v1 (2025-12-18)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,135 +77,136 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
-    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on…</t>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
   </si>
   <si>
     <t>Labeling requirements are available here: https://www.ppemma.org/standards/Procedure%20for%20Energy%20Labels/meps_%26_labeling_policy_%26_guidelines_for_implememntation_of_es_%26_l_scheme_in_pakistan.pdf</t>
   </si>
   <si>
     <t>Middle East</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Thu, 01/04/2024 - 19:58</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)  ( https://www.neeca.gov.pk/ )</t>
   </si>
   <si>
     <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="123" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="240.513" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="423.468" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -620,82 +621,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>