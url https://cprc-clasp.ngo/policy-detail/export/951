--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>https://dti.gov.ph/resources/e-library</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Department of Energy  ( http://www.doe.gov.ph/standard-energy-efficiency-ratio-and-labeling-requirements )</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="180" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="140.252" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>