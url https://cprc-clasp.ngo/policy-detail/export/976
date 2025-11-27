--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)  ( http://www.kemco.or.kr/ )</t>
   </si>
   <si>
     <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="97" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="409.186" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="97.833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>